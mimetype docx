--- v0 (2025-10-29)
+++ v1 (2026-01-15)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7E5F97D7" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00BE6685">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:ind w:leftChars="-143" w:left="-284" w:hangingChars="1" w:hanging="2"/>
         <w:jc w:val="right"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777FD1">
         <w:rPr>
@@ -276,131 +276,167 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F920D1E" w14:textId="77777777" w:rsidR="00BE6685" w:rsidRPr="00777FD1" w:rsidRDefault="00BE6685" w:rsidP="00777FD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D1E6DD4" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
+    <w:p w14:paraId="2D1E6DD4" w14:textId="0E83336C" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00777FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00777FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>1. ИЗПЪЛНИТЕЛНА АГЕНЦИЯ” БЪЛГАРСКА СЛУЖБА ЗА АКРЕДИТАЦИЯ”, С ЕИК 121797714, с адрес: гр. София, п. к. 1797, бул. „Д – р Г. М. Димитров” № 52А, представлявана от изпълнителния директор Ирена Илиева Миленова – Бориславова наричана за краткост БСА, от една страна, а от друга</w:t>
+        <w:t xml:space="preserve">1. ИЗПЪЛНИТЕЛНА АГЕНЦИЯ” БЪЛГАРСКА СЛУЖБА ЗА АКРЕДИТАЦИЯ”, С ЕИК 121797714, с адрес: гр. София, п. к. 1797, бул. „Д – р Г. М. Димитров” № 52А, представлявана от изпълнителния директор </w:t>
+      </w:r>
+      <w:r w:rsidR="00D360FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мария Николова </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Илиева – </w:t>
+      </w:r>
+      <w:r w:rsidR="00D360FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Йорданова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наричана за краткост БСА, от една страна, а от друга</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036832FD" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676933EE" w14:textId="1447ADB6" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00033C14">
+    <w:p w14:paraId="676933EE" w14:textId="198AD044" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00033C14">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
@@ -4915,134 +4951,134 @@
         <w:t>....................................</w:t>
       </w:r>
     </w:p>
     <w:permEnd w:id="1889749226"/>
     <w:p w14:paraId="60DB13EC" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:position w:val="-1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F98398C" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
+    <w:p w14:paraId="4F98398C" w14:textId="2057F1DE" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00D360FC" w:rsidP="00777FD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00777FD1">
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00777FD1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Мария Илиева-Йорданова</w:t>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:position w:val="-1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00777FD1" w:rsidRPr="00777FD1">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(Име, фамилия на упълномощения </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE49085" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:position w:val="-1"/>
@@ -5164,76 +5200,76 @@
     <w:p w14:paraId="3FA6A61F" w14:textId="77777777" w:rsidR="00EE29B9" w:rsidRPr="00777FD1" w:rsidRDefault="00EE29B9" w:rsidP="00777FD1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE29B9" w:rsidRPr="00777FD1" w:rsidSect="00D71970">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="1134" w:bottom="567" w:left="1418" w:header="426" w:footer="79" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59176CAC" w14:textId="77777777" w:rsidR="00E0786D" w:rsidRDefault="00E0786D" w:rsidP="000513B7">
+    <w:p w14:paraId="4B139A69" w14:textId="77777777" w:rsidR="00122E0A" w:rsidRDefault="00122E0A" w:rsidP="000513B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05A811D6" w14:textId="77777777" w:rsidR="00E0786D" w:rsidRDefault="00E0786D" w:rsidP="000513B7">
+    <w:p w14:paraId="0715BA33" w14:textId="77777777" w:rsidR="00122E0A" w:rsidRDefault="00122E0A" w:rsidP="000513B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5243,203 +5279,221 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C736CAD" w14:textId="77777777" w:rsidR="003645D4" w:rsidRDefault="003645D4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="520920B5" w14:textId="77777777" w:rsidR="00690C0A" w:rsidRPr="00690C0A" w:rsidRDefault="00690C0A" w:rsidP="00690C0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-285"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1FF0B3CB" w14:textId="1380DF74" w:rsidR="00690C0A" w:rsidRPr="00690C0A" w:rsidRDefault="00690C0A" w:rsidP="00690C0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-285"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00690C0A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>(документът се попълва в два идентични екземпляра)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="702E2CD0" w14:textId="04DA17AC" w:rsidR="00690C0A" w:rsidRPr="00033C14" w:rsidRDefault="00690C0A" w:rsidP="00033C14">
+  <w:p w14:paraId="702E2CD0" w14:textId="1C35FC3A" w:rsidR="00690C0A" w:rsidRPr="00033C14" w:rsidRDefault="00690C0A" w:rsidP="00033C14">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-2"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00690C0A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>Версия 2</w:t>
     </w:r>
     <w:r w:rsidR="00033C14">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00033C14">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
-      <w:t>кор. 1</w:t>
+      <w:t xml:space="preserve">кор. </w:t>
+    </w:r>
+    <w:r w:rsidR="00D360FC">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="bg-BG"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="367A1F00" w14:textId="36FFE6F0" w:rsidR="00690C0A" w:rsidRPr="00690C0A" w:rsidRDefault="00033C14" w:rsidP="00033C14">
+  <w:p w14:paraId="367A1F00" w14:textId="62C41B0C" w:rsidR="00690C0A" w:rsidRPr="00690C0A" w:rsidRDefault="00033C14" w:rsidP="00033C14">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-2"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>27</w:t>
     </w:r>
     <w:r w:rsidR="00690C0A" w:rsidRPr="00690C0A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D360FC">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
-      <w:t>09</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidR="00690C0A" w:rsidRPr="00690C0A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
-      <w:t>.2024</w:t>
+      <w:t>.202</w:t>
+    </w:r>
+    <w:r w:rsidR="00D360FC">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="bg-BG"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7CE14DD0" w14:textId="41E5EE79" w:rsidR="00690C0A" w:rsidRPr="00690C0A" w:rsidRDefault="00033C14">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00690C0A" w:rsidRPr="00690C0A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -5514,51 +5568,51 @@
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="5E1A997C" w14:textId="335C742A" w:rsidR="00690C0A" w:rsidRPr="00810140" w:rsidRDefault="00690C0A" w:rsidP="000A455B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-285"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B62E187" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-285"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2B72D209" w14:textId="77777777" w:rsidR="00777FD1" w:rsidRPr="00810140" w:rsidRDefault="00777FD1" w:rsidP="00777FD1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
@@ -5776,127 +5830,126 @@
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D668BC6" w14:textId="77777777" w:rsidR="00690C0A" w:rsidRPr="00954DC0" w:rsidRDefault="00690C0A" w:rsidP="00777FD1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7230"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="-851" w:right="-285"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="320D8515" w14:textId="77777777" w:rsidR="00E0786D" w:rsidRDefault="00E0786D" w:rsidP="000513B7">
+    <w:p w14:paraId="746F3EF6" w14:textId="77777777" w:rsidR="00122E0A" w:rsidRDefault="00122E0A" w:rsidP="000513B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FDC5CB1" w14:textId="77777777" w:rsidR="00E0786D" w:rsidRDefault="00E0786D" w:rsidP="000513B7">
+    <w:p w14:paraId="30CCCE21" w14:textId="77777777" w:rsidR="00122E0A" w:rsidRDefault="00122E0A" w:rsidP="000513B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5966DDD0" w14:textId="77777777" w:rsidR="003645D4" w:rsidRDefault="003645D4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9356" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9356"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E80503" w14:paraId="76DE28EA" w14:textId="77777777" w:rsidTr="009313BF">
       <w:trPr>
         <w:trHeight w:val="80"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9356" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="55F08ACE" w14:textId="032FABC0" w:rsidR="00E80503" w:rsidRDefault="00E80503" w:rsidP="00914FE3">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-112" w:right="-202"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="43D4856E" w14:textId="77777777" w:rsidR="000513B7" w:rsidRPr="002D6151" w:rsidRDefault="000513B7" w:rsidP="002D6151">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BBE76BC" w14:textId="667DAA72" w:rsidR="00777FD1" w:rsidRDefault="00777FD1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E00CD1F" wp14:editId="1A666B51">
           <wp:extent cx="5760085" cy="835862"/>
           <wp:effectExtent l="0" t="0" r="0" b="2540"/>
           <wp:docPr id="72" name="Picture 72"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -5914,51 +5967,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5760085" cy="835862"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D941DD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7644703C"/>
     <w:lvl w:ilvl="0" w:tplc="9904C35E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
@@ -6012,54 +6065,54 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="795373348">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="HIn9yKJ+UhKIjVEaRWxfKveGSilzBnf/VkLfjy0x0Drmy8elTrE+xu1eIIqSA4PNybk0UMv8dY/tC81HXsFc7g==" w:salt="OkVgQIUZd7LFFCsrS2wTgQ=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="VKmfeMTO5WnPm+6p/lGVYj4AZfVe5iVrC3XGlygcH/8tq78/7DXzRNfrpKf4YJm6bj0P0CpMJzDedaBJjwRakg==" w:salt="aQC6ZTdHbHQ0SZVydP4oJg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -6118,50 +6171,51 @@
     <w:rsid w:val="000B36A7"/>
     <w:rsid w:val="000B4911"/>
     <w:rsid w:val="000B5CB7"/>
     <w:rsid w:val="000B63AA"/>
     <w:rsid w:val="000C26B2"/>
     <w:rsid w:val="000C61CD"/>
     <w:rsid w:val="000D1DA2"/>
     <w:rsid w:val="000D320D"/>
     <w:rsid w:val="000E00F4"/>
     <w:rsid w:val="000E1C70"/>
     <w:rsid w:val="000E602B"/>
     <w:rsid w:val="000F0383"/>
     <w:rsid w:val="000F13EC"/>
     <w:rsid w:val="000F245F"/>
     <w:rsid w:val="000F2C8D"/>
     <w:rsid w:val="000F6714"/>
     <w:rsid w:val="000F7C04"/>
     <w:rsid w:val="0010145E"/>
     <w:rsid w:val="00101670"/>
     <w:rsid w:val="00110EDC"/>
     <w:rsid w:val="001124D6"/>
     <w:rsid w:val="0011678E"/>
     <w:rsid w:val="00116CDD"/>
     <w:rsid w:val="001170A1"/>
     <w:rsid w:val="001213F5"/>
+    <w:rsid w:val="00122E0A"/>
     <w:rsid w:val="0012748E"/>
     <w:rsid w:val="001274C2"/>
     <w:rsid w:val="00127F6E"/>
     <w:rsid w:val="00131E50"/>
     <w:rsid w:val="00133F9A"/>
     <w:rsid w:val="00135FE4"/>
     <w:rsid w:val="00141BDF"/>
     <w:rsid w:val="00144E3D"/>
     <w:rsid w:val="0014569F"/>
     <w:rsid w:val="00147EA1"/>
     <w:rsid w:val="0015082F"/>
     <w:rsid w:val="00150D94"/>
     <w:rsid w:val="00151C64"/>
     <w:rsid w:val="00152695"/>
     <w:rsid w:val="001609DD"/>
     <w:rsid w:val="001642C0"/>
     <w:rsid w:val="00166AD6"/>
     <w:rsid w:val="00171088"/>
     <w:rsid w:val="00184EAE"/>
     <w:rsid w:val="00185DAF"/>
     <w:rsid w:val="00186EDF"/>
     <w:rsid w:val="00187927"/>
     <w:rsid w:val="0019205E"/>
     <w:rsid w:val="00192FD3"/>
     <w:rsid w:val="00196990"/>
@@ -6605,50 +6659,51 @@
     <w:rsid w:val="008C44C6"/>
     <w:rsid w:val="008C52C1"/>
     <w:rsid w:val="008C6F22"/>
     <w:rsid w:val="008D0271"/>
     <w:rsid w:val="008D3012"/>
     <w:rsid w:val="008D6FFB"/>
     <w:rsid w:val="008D79D1"/>
     <w:rsid w:val="008E0DC8"/>
     <w:rsid w:val="008E376B"/>
     <w:rsid w:val="008E626A"/>
     <w:rsid w:val="008F0B43"/>
     <w:rsid w:val="008F2668"/>
     <w:rsid w:val="008F3DFA"/>
     <w:rsid w:val="00901C96"/>
     <w:rsid w:val="00901E4C"/>
     <w:rsid w:val="00902B20"/>
     <w:rsid w:val="00903403"/>
     <w:rsid w:val="00904E22"/>
     <w:rsid w:val="0090576F"/>
     <w:rsid w:val="009058D6"/>
     <w:rsid w:val="00905DB5"/>
     <w:rsid w:val="0090676B"/>
     <w:rsid w:val="009111D2"/>
     <w:rsid w:val="00914FE3"/>
     <w:rsid w:val="0092276F"/>
+    <w:rsid w:val="00923058"/>
     <w:rsid w:val="00924275"/>
     <w:rsid w:val="00925259"/>
     <w:rsid w:val="00927E9D"/>
     <w:rsid w:val="009313BF"/>
     <w:rsid w:val="00934365"/>
     <w:rsid w:val="009358E0"/>
     <w:rsid w:val="00937784"/>
     <w:rsid w:val="009417A4"/>
     <w:rsid w:val="0094474C"/>
     <w:rsid w:val="00945EB6"/>
     <w:rsid w:val="00950735"/>
     <w:rsid w:val="00953999"/>
     <w:rsid w:val="00954DC0"/>
     <w:rsid w:val="009624A0"/>
     <w:rsid w:val="00966191"/>
     <w:rsid w:val="00970142"/>
     <w:rsid w:val="0097045B"/>
     <w:rsid w:val="00971F01"/>
     <w:rsid w:val="0097202B"/>
     <w:rsid w:val="009742C2"/>
     <w:rsid w:val="009743A2"/>
     <w:rsid w:val="00974619"/>
     <w:rsid w:val="009761CE"/>
     <w:rsid w:val="009766FD"/>
     <w:rsid w:val="00977AAE"/>
@@ -6845,50 +6900,51 @@
     <w:rsid w:val="00CD0FC5"/>
     <w:rsid w:val="00CD2487"/>
     <w:rsid w:val="00CD62C7"/>
     <w:rsid w:val="00CD67A6"/>
     <w:rsid w:val="00CD6E68"/>
     <w:rsid w:val="00CE2B76"/>
     <w:rsid w:val="00CE3631"/>
     <w:rsid w:val="00CE72E3"/>
     <w:rsid w:val="00D0620E"/>
     <w:rsid w:val="00D07012"/>
     <w:rsid w:val="00D07398"/>
     <w:rsid w:val="00D07535"/>
     <w:rsid w:val="00D1195D"/>
     <w:rsid w:val="00D11BC3"/>
     <w:rsid w:val="00D11FE4"/>
     <w:rsid w:val="00D13059"/>
     <w:rsid w:val="00D13F7F"/>
     <w:rsid w:val="00D15897"/>
     <w:rsid w:val="00D2073D"/>
     <w:rsid w:val="00D208E1"/>
     <w:rsid w:val="00D22204"/>
     <w:rsid w:val="00D2546B"/>
     <w:rsid w:val="00D321C1"/>
     <w:rsid w:val="00D32301"/>
     <w:rsid w:val="00D34FB0"/>
+    <w:rsid w:val="00D360FC"/>
     <w:rsid w:val="00D36AA0"/>
     <w:rsid w:val="00D426E8"/>
     <w:rsid w:val="00D458F2"/>
     <w:rsid w:val="00D45D25"/>
     <w:rsid w:val="00D479B3"/>
     <w:rsid w:val="00D5417B"/>
     <w:rsid w:val="00D56638"/>
     <w:rsid w:val="00D5753B"/>
     <w:rsid w:val="00D64CD0"/>
     <w:rsid w:val="00D65B9B"/>
     <w:rsid w:val="00D6736B"/>
     <w:rsid w:val="00D71970"/>
     <w:rsid w:val="00D71BB6"/>
     <w:rsid w:val="00D743CD"/>
     <w:rsid w:val="00D74446"/>
     <w:rsid w:val="00D778AD"/>
     <w:rsid w:val="00D81525"/>
     <w:rsid w:val="00D909AC"/>
     <w:rsid w:val="00D91F0D"/>
     <w:rsid w:val="00D938A1"/>
     <w:rsid w:val="00D9512F"/>
     <w:rsid w:val="00D95BA0"/>
     <w:rsid w:val="00DA16B7"/>
     <w:rsid w:val="00DA2700"/>
     <w:rsid w:val="00DA56B6"/>
@@ -7044,51 +7100,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4BD50752"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{40D8F997-607D-45B8-8C7B-54DC60A1ED48}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7672,51 +7728,51 @@
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00954DC0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1802264938">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nab-bas.bg/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nab-bas.bg/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nab-bas.bg/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nab-bas.bg/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nab-bas.bg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@nab-bas.bg" TargetMode="External"/></Relationships>
@@ -8020,75 +8076,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2183DFD-26A1-4626-AD9E-0E77A9FFF429}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2504</Words>
-  <Characters>14279</Characters>
+  <Words>2505</Words>
+  <Characters>14280</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>118</Lines>
+  <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company> </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16750</CharactersWithSpaces>
+  <CharactersWithSpaces>16752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5570569</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.identity.egov.bg/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>